--- v0 (2026-02-04)
+++ v1 (2026-02-25)
@@ -1,45 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="7F876784" w14:textId="360B809F" w:rsidR="002D1004" w:rsidRPr="00BF2490" w:rsidRDefault="002D1004" w:rsidP="002D1004">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BF2490">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Sample Letter Requesting Employer Approval to Attend Conference</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="089B39AE" w14:textId="4AEF370C" w:rsidR="002D1004" w:rsidRPr="0038582F" w:rsidRDefault="002D1004" w:rsidP="002D1004">
@@ -240,158 +241,140 @@
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> CPE </w:t>
       </w:r>
       <w:r w:rsidR="00BF2490" w:rsidRPr="00BF2490">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>hours</w:t>
       </w:r>
       <w:r w:rsidR="00587AA6" w:rsidRPr="00BF2490">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>, helping me stay certified and current without additional training costs later in the year.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63774ADF" w14:textId="77777777" w:rsidR="002D1004" w:rsidRPr="00BF2490" w:rsidRDefault="002D1004" w:rsidP="00587AA6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39C3E657" w14:textId="11EB5A90" w:rsidR="002D1004" w:rsidRPr="00BF2490" w:rsidRDefault="007A69B8" w:rsidP="00587AA6">
+    <w:p w14:paraId="39C3E657" w14:textId="4B71EC69" w:rsidR="002D1004" w:rsidRPr="00BF2490" w:rsidRDefault="007A69B8" w:rsidP="00587AA6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BF2490">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="005A4FD9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>early-</w:t>
       </w:r>
       <w:r w:rsidRPr="00BF2490">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
-        <w:t>early-bird rate is $1,</w:t>
-[...5 lines deleted...]
-        <w:t>3</w:t>
+        <w:t>bird rate is $1,</w:t>
+      </w:r>
+      <w:r w:rsidR="008A2BD7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="00BF2490">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>75 for members / $1,</w:t>
       </w:r>
-      <w:r w:rsidR="00497345">
-[...3 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="008A2BD7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>9</w:t>
       </w:r>
       <w:r w:rsidRPr="00BF2490">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">75 for non-members. This rate is available until </w:t>
       </w:r>
-      <w:r w:rsidR="00497345">
-[...3 lines deleted...]
-        <w:t>February</w:t>
+      <w:r w:rsidR="008A2BD7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>April 10</w:t>
       </w:r>
       <w:r w:rsidRPr="00BF2490">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1</w:t>
-[...5 lines deleted...]
-        <w:t>3</w:t>
+        <w:t>, at which point it will increase to $1,</w:t>
+      </w:r>
+      <w:r w:rsidR="008A2BD7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>94</w:t>
       </w:r>
       <w:r w:rsidRPr="00BF2490">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
-        <w:t>, at which point it will increase to $1,</w:t>
-[...11 lines deleted...]
-        <w:t>7</w:t>
+        <w:t>5 for members / $</w:t>
+      </w:r>
+      <w:r w:rsidR="008A2BD7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00BF2490">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
-        <w:t>5 for members / $</w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00752A66">
-[...3 lines deleted...]
-        <w:t>97</w:t>
+      <w:r w:rsidR="008A2BD7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>14</w:t>
       </w:r>
       <w:r w:rsidRPr="00BF2490">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">5 for non-members. This includes access to all education sessions, the full conference experience and most meals and refreshments. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2876D812" w14:textId="77777777" w:rsidR="007A69B8" w:rsidRPr="00BF2490" w:rsidRDefault="007A69B8" w:rsidP="00587AA6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="68035DE9" w14:textId="76021F91" w:rsidR="007A69B8" w:rsidRPr="00BF2490" w:rsidRDefault="007A69B8" w:rsidP="00587AA6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BF2490">
         <w:rPr>
@@ -723,93 +706,97 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="646252053">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:savePreviewPicture/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007257C5"/>
     <w:rsid w:val="000671E4"/>
+    <w:rsid w:val="001550A9"/>
     <w:rsid w:val="001661F8"/>
     <w:rsid w:val="002232D4"/>
     <w:rsid w:val="00230961"/>
     <w:rsid w:val="002D1004"/>
     <w:rsid w:val="0038582F"/>
     <w:rsid w:val="003D5310"/>
     <w:rsid w:val="003E6DF0"/>
     <w:rsid w:val="00497345"/>
     <w:rsid w:val="004B7E3B"/>
     <w:rsid w:val="00587AA6"/>
     <w:rsid w:val="00595842"/>
     <w:rsid w:val="005A4FD9"/>
     <w:rsid w:val="005D1EDF"/>
     <w:rsid w:val="006731A9"/>
     <w:rsid w:val="006757AE"/>
     <w:rsid w:val="006879B3"/>
     <w:rsid w:val="00717582"/>
     <w:rsid w:val="007257C5"/>
     <w:rsid w:val="007527ED"/>
     <w:rsid w:val="00752A66"/>
     <w:rsid w:val="00765749"/>
     <w:rsid w:val="007A69B8"/>
     <w:rsid w:val="007A7104"/>
     <w:rsid w:val="007D2851"/>
+    <w:rsid w:val="008A2BD7"/>
     <w:rsid w:val="00973834"/>
     <w:rsid w:val="0099564E"/>
     <w:rsid w:val="009A6746"/>
     <w:rsid w:val="00BD270B"/>
     <w:rsid w:val="00BF2490"/>
+    <w:rsid w:val="00CB4252"/>
     <w:rsid w:val="00E12212"/>
     <w:rsid w:val="00F127B2"/>
     <w:rsid w:val="00F332E2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -2179,75 +2166,75 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>356</Words>
-  <Characters>2101</Characters>
+  <Words>330</Words>
+  <Characters>2118</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>63</Lines>
-  <Paragraphs>32</Paragraphs>
+  <Lines>38</Lines>
+  <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2425</CharactersWithSpaces>
+  <CharactersWithSpaces>2433</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Deborah Hunt</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_1803f7aa-dcd3-4a3a-be14-39a77bd77340_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>